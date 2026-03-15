--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="260" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ja-JP"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
@@ -154,63 +154,63 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="0066CB"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="114" d="100"/>
-          <a:sy n="114" d="100"/>
+          <a:sx n="110" d="100"/>
+          <a:sy n="110" d="100"/>
         </p:scale>
-        <p:origin x="414" y="102"/>
+        <p:origin x="576" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -274,54 +274,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="サブタイトル 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400"/>
@@ -339,75 +338,74 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター サブタイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -457,159 +455,157 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="縦書きテキスト プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -664,164 +660,162 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="縦書きタイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="縦書きテキスト プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -871,159 +865,157 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="コンテンツ プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1082,54 +1074,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="テキスト プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400">
@@ -1202,74 +1193,74 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1319,253 +1310,250 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="コンテンツ プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="コンテンツ プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1620,54 +1608,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="テキスト プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1686,142 +1673,141 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="コンテンツ プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="テキスト プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1840,163 +1826,162 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="コンテンツ プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="日付プレースホルダー 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="フッター プレースホルダー 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2046,75 +2031,74 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="日付プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="フッター プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2165,51 +2149,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="日付プレースホルダー 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="フッター プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2268,54 +2252,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="コンテンツ プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -2325,114 +2308,113 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="テキスト プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
@@ -2451,74 +2433,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2577,54 +2559,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="図プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -2704,74 +2685,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2840,187 +2821,185 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="タイトル プレースホルダー 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="テキスト プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>3 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>第 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP"/>
               <a:t>5 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/10/14</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3385,16410 +3364,15293 @@
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3800096-BF89-A0F0-84CE-32DE4D2DD53A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPr id="5" name="図 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E108E9EA-0503-0028-B4D0-9B404E3E387F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="0"/>
-            <a:ext cx="5714046" cy="1633957"/>
+            <a:off x="993508" y="188493"/>
+            <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPr id="6" name="図 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95081CA0-F27D-4161-0075-13507A01930F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5921558" y="0"/>
-            <a:ext cx="1558833" cy="1558833"/>
+            <a:off x="5993744" y="432311"/>
+            <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="テキスト ボックス 6"/>
+          <p:cNvPr id="7" name="テキスト ボックス 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83918ACE-CCE8-6786-730D-7302E71947BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="433167"/>
-            <a:ext cx="3866605" cy="692497"/>
+            <a:off x="7137354" y="598017"/>
+            <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>商談の相手先は全国いずれかの商工会議所等会員企業</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日本全国で地域を超えてマッチング事例多数</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>オールジャンル対応</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>募集・提案・成約にいたるまですべて</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>円</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="テキスト ボックス 8"/>
+          <p:cNvPr id="9" name="テキスト ボックス 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5284FA2B-F2D4-100D-5758-FAC8CFAB2255}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="85725"/>
-            <a:ext cx="4048125" cy="369332"/>
+            <a:off x="7137354" y="316234"/>
+            <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-                <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0">
-              <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="11" name="直線コネクタ 10"/>
+          <p:cNvPr id="11" name="直線コネクタ 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{888BEDCB-A7DE-2235-1891-61E549176DBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1633957"/>
+            <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="12" name="直線コネクタ 11"/>
+          <p:cNvPr id="12" name="直線コネクタ 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E290A6F0-369B-285C-BB70-AFE11A854119}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1691107"/>
+            <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="テキスト ボックス 12"/>
+          <p:cNvPr id="13" name="テキスト ボックス 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C18370B-65C0-AEE6-9B61-86F32477AA08}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="6451407"/>
-            <a:ext cx="7548394" cy="246221"/>
+            <a:off x="1619377" y="6173143"/>
+            <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>ザ・ビジネスモールユーザ間</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>ザ・ビジネスモールユーザ間を結ぶ商取引支援サービス。提案から成約にいたるまで、全て無料！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>商取引支援サービス</a:t>
-[...65 lines deleted...]
-              <a:t>探しで新規開拓</a:t>
+              <a:t>インターネット上の取引先探しで新規開拓</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・ビジネスモールのユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>が</a:t>
-[...38 lines deleted...]
-              <a:t>。ユーザー</a:t>
+              <a:t>があれば提案可能。ユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="テキスト ボックス 13"/>
+          <p:cNvPr id="14" name="テキスト ボックス 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CD39897-3820-CDB8-C797-C4643D279D3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7853690" y="6252706"/>
-            <a:ext cx="4338310" cy="605294"/>
+            <a:off x="6925172" y="6130782"/>
+            <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>［商談モールの買いたい案件情報について］</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件は、ザ・商談モールをご利用中のお客様からの情報です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・ザ・ビジネスモールの</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・パスワードを取得すれば、案件に提案応募頂けます。（無料</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="16" name="直線コネクタ 15"/>
+          <p:cNvPr id="16" name="直線コネクタ 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDAC5673-ABCF-0EE6-CEAA-EEC13718FBF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6252706"/>
+            <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="テキスト ボックス 17"/>
+          <p:cNvPr id="18" name="テキスト ボックス 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C976BD0C-5AA2-DF27-93E1-68E26D34450A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7480391" y="1215408"/>
-            <a:ext cx="4711609" cy="276999"/>
+            <a:off x="7063727" y="1267904"/>
+            <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>10</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>14</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="15" name="表 14"/>
+          <p:cNvPr id="15" name="表 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C504D8C4-942C-153F-D20A-1E44C15F4994}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2001292184"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3136556481"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="121816" y="1760310"/>
-          <a:ext cx="11948367" cy="4372399"/>
+          <a:off x="1071152" y="1704795"/>
+          <a:ext cx="9893013" cy="4323216"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="6498350">
+                <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1559604">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1429637">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="909769">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1551007">
-[...5 lines deleted...]
-                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="192736">
+              <a:tr h="158294">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>募集期限</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>買い手</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
-[...23 lines deleted...]
-                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>内装材に使用できる紙を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>LION</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の休足時間と休足時間ツボ刺激ジェルシートを卸して頂ける業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>地域指定</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...34 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>任天堂スイッチ２を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...22 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...34 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>インドネシア産のジュースの輸入手続きをお願いしたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...22 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>美容商材アリミノダンスを指定掛け率以下で仕入れたいです</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>電化製品（アウトレット・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>B</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>品・中古）商材の調達先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>「シマヤだしの素粉末」業務用の仕入れ先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>沖縄県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...100 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="199361">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>BRUNO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>社の製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="336064">
-[...67 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="288342">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>SHARP</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の空調家電製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>地域指定</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...100 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドクターエアの健康家電製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ポケモンカードの仕入れ先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>動物用の爪切りはさみを製造している会社さんをさがしています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>円柱のプラスチック容器を製作できる工場、メーカーさんを探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>顆粒ゼラチン（豚由来）　５０ｋｇ程度を購入できる会社を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...67 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>中古</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>iPhone</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の仕入れ先を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>14</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>福井県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>海外輸出用として日本国内農産物の仕入れ先を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>15</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>千葉県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...30 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>訳あり商品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>在庫品・廃番商品・賞味期間</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>使用期限が短い、迫ってる物等</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...89 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日本製・日本有名メーカーの輸出商品・インバウンド向け商品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>お菓子、雑貨</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>化粧品等</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...67 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>と</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PB</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>商品製作・原料提供を、仕入れ・加工対応出来る会社・団体・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>NPO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>法人様等を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>東京都</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...30 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...78 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>中華圏・東南アジア・南米諸国を初め、農産物原料・輸入／国産食材・ 原料等の取扱業者様を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>東京都</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1680800182"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4052241662"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8385459-4999-1574-1374-E7767F76F8EA}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPr id="5" name="図 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70191D24-082E-07E7-6B8D-5BCBA141D76F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="0"/>
-            <a:ext cx="5714046" cy="1633957"/>
+            <a:off x="993508" y="188493"/>
+            <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPr id="6" name="図 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{350B7C3A-7649-F83B-E851-E27D7CC71151}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5921558" y="0"/>
-            <a:ext cx="1558833" cy="1558833"/>
+            <a:off x="5993744" y="432311"/>
+            <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="テキスト ボックス 6"/>
+          <p:cNvPr id="7" name="テキスト ボックス 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2D561FB-BAAC-2A10-20FC-4C6AD8544690}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="433167"/>
-            <a:ext cx="3866605" cy="692497"/>
+            <a:off x="7137354" y="598017"/>
+            <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>商談の相手先は全国いずれかの商工会議所等会員企業</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日本全国で地域を超えてマッチング事例多数</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>オールジャンル対応</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>募集・提案・成約にいたるまですべて</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>円</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="テキスト ボックス 8"/>
+          <p:cNvPr id="9" name="テキスト ボックス 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1840C627-ADF5-9FB0-7A64-516D3C213E83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="85725"/>
-            <a:ext cx="4048125" cy="369332"/>
+            <a:off x="7137354" y="316234"/>
+            <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-                <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0">
-              <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="11" name="直線コネクタ 10"/>
+          <p:cNvPr id="11" name="直線コネクタ 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DEA00ED-41F0-0E50-D8EC-8B1D47C079CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1633957"/>
+            <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="12" name="直線コネクタ 11"/>
+          <p:cNvPr id="12" name="直線コネクタ 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E4E1257-AE2B-9729-5A81-66ADC6C94620}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1691107"/>
+            <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="テキスト ボックス 12"/>
+          <p:cNvPr id="13" name="テキスト ボックス 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF9BEFC7-29C9-E373-CC6C-876F4D849EA1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="6451407"/>
-            <a:ext cx="7548394" cy="246221"/>
+            <a:off x="1619377" y="6173143"/>
+            <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>ザ・ビジネスモールユーザ間</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>ザ・ビジネスモールユーザ間を結ぶ商取引支援サービス。提案から成約にいたるまで、全て無料！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>商取引支援サービス</a:t>
-[...65 lines deleted...]
-              <a:t>探しで新規開拓</a:t>
+              <a:t>インターネット上の取引先探しで新規開拓</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・ビジネスモールのユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>が</a:t>
-[...38 lines deleted...]
-              <a:t>。ユーザー</a:t>
+              <a:t>があれば提案可能。ユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="テキスト ボックス 13"/>
+          <p:cNvPr id="14" name="テキスト ボックス 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B6041F3-5304-15B4-69FB-B27D28550114}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7853690" y="6252706"/>
-            <a:ext cx="4338310" cy="605294"/>
+            <a:off x="6925172" y="6130782"/>
+            <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>［商談モールの買いたい案件情報について］</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件は、ザ・商談モールをご利用中のお客様からの情報です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・ザ・ビジネスモールの</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・パスワードを取得すれば、案件に提案応募頂けます。（無料</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="16" name="直線コネクタ 15"/>
+          <p:cNvPr id="16" name="直線コネクタ 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63BA7C63-68B8-9AC4-3A22-F1FB5A60291D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6252706"/>
+            <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="テキスト ボックス 17"/>
+          <p:cNvPr id="18" name="テキスト ボックス 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C090904-53B8-0A14-1597-3570517541ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7480391" y="1215408"/>
-            <a:ext cx="4711609" cy="276999"/>
+            <a:off x="7063727" y="1267904"/>
+            <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>10</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>14</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="15" name="表 14"/>
+          <p:cNvPr id="15" name="表 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33264E25-4D42-82D3-494D-1FEF9B42AE5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="455308530"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2182026186"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="121816" y="1760310"/>
-          <a:ext cx="11948367" cy="4363658"/>
+          <a:off x="1071152" y="1704796"/>
+          <a:ext cx="9893013" cy="4333660"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="6498350">
+                <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1559604">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1429637">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="909769">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1551007">
-[...5 lines deleted...]
-                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="192736">
+              <a:tr h="156564">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>募集期限</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>買い手</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
-[...23 lines deleted...]
-                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...78 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>短納期で旋盤加工（自社内で）ができるメーカーを探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>C1220</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　銅管曲げ加工の試作品製作依頼</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="318405">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日用雑貨・キッチン用品・バス、洗濯用品・寝具・インテリア用品・アウトドア商品・フィットネス用品・自転車　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アパレル・ブランド品　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="318405">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日用品（シャンプー＆コンディショナー ヘアケア用品 　洗剤・紙製品等）　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>コスメ・美容雑貨　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...67 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品（菓子・加工食品・日配・冷凍・ドリンク・酒）　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>在庫処分品、特価品などの商品のご提案を募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>4</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>地域指定</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="336064">
-[...89 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="218275">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>AC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アダプター、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>MFI</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>認証済み</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>lightning</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ケーブル等の購入</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="205075">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【BtoB</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>バルカン市場向けエアコン</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>供給のお願い</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="226040">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>飲食店内装の一部改装工事を請け負ってくださる業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>キャリアアップ助成金やその他助成金の申請が可能な社労士様を探しています</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>※</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>顧問契約は探しておりません</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="318405">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>産業廃プラスチック（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PE</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PP</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>系樹脂、不織布端材、紙おむつ製造工程未使用端材）を月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1t</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>以上仕入れ希望 （未使用端材・成形ロス材歓迎）長期安定取引可能な企業様・回収業者様を募集しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>3</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>会員様限定の「</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>EC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>サイト」に販売可能な商品を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>23</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>結婚証明書・命名書向け「一枚板（無垢材）」の仕入れ先の募集（継続取引希望）</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>福岡県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>サロン用美容商品を仕入れたいです</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>海外で販売するために</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>SHIMANO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>のリールの卸をお願いできるところを探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...89 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>商品パッケージ用（真空可）の袋を作成できる会社様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品（粉状）を１００ｇ程度を袋に小分けしていただける業者を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>22</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="163600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>花粉症対策商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>23</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="214355786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3975499192"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BDFBFF4-CFDB-B44A-A074-618738BA6F46}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPr id="5" name="図 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00FC762C-33A6-1318-09F3-39D6DB57D601}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="0"/>
-            <a:ext cx="5714046" cy="1633957"/>
+            <a:off x="993508" y="188493"/>
+            <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPr id="6" name="図 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA4BD18-441C-D583-A21A-BD78C5E9BCF2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5921558" y="0"/>
-            <a:ext cx="1558833" cy="1558833"/>
+            <a:off x="5993744" y="432311"/>
+            <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="テキスト ボックス 6"/>
+          <p:cNvPr id="7" name="テキスト ボックス 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A03AD89B-6CC7-F8D0-8D43-8A06C0AA713A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="433167"/>
-            <a:ext cx="3866605" cy="692497"/>
+            <a:off x="7137354" y="598017"/>
+            <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>商談の相手先は全国いずれかの商工会議所等会員企業</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日本全国で地域を超えてマッチング事例多数</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>オールジャンル対応</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>募集・提案・成約にいたるまですべて</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>円</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="テキスト ボックス 8"/>
+          <p:cNvPr id="9" name="テキスト ボックス 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{863C62CE-9FBC-9897-C7FA-589A3915FFD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="85725"/>
-            <a:ext cx="4048125" cy="369332"/>
+            <a:off x="7137354" y="316234"/>
+            <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-                <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0">
-              <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="11" name="直線コネクタ 10"/>
+          <p:cNvPr id="11" name="直線コネクタ 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E221E7A4-3909-D8FF-36D4-8B57D84BC1A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1633957"/>
+            <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="12" name="直線コネクタ 11"/>
+          <p:cNvPr id="12" name="直線コネクタ 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BCC004-19B2-09E3-CB98-0767A3CDBB74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1691107"/>
+            <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="テキスト ボックス 12"/>
+          <p:cNvPr id="13" name="テキスト ボックス 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0175D14D-B7AC-BEDF-E28A-77FEFE5008EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="6451407"/>
-            <a:ext cx="7548394" cy="246221"/>
+            <a:off x="1619377" y="6173143"/>
+            <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>ザ・ビジネスモールユーザ間</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>ザ・ビジネスモールユーザ間を結ぶ商取引支援サービス。提案から成約にいたるまで、全て無料！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>商取引支援サービス</a:t>
-[...65 lines deleted...]
-              <a:t>探しで新規開拓</a:t>
+              <a:t>インターネット上の取引先探しで新規開拓</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・ビジネスモールのユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>が</a:t>
-[...38 lines deleted...]
-              <a:t>。ユーザー</a:t>
+              <a:t>があれば提案可能。ユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="テキスト ボックス 13"/>
+          <p:cNvPr id="14" name="テキスト ボックス 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D78BE8-0C08-5647-9FBA-89C575162F89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7853690" y="6252706"/>
-            <a:ext cx="4338310" cy="605294"/>
+            <a:off x="6925172" y="6130782"/>
+            <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>［商談モールの買いたい案件情報について］</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件は、ザ・商談モールをご利用中のお客様からの情報です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・ザ・ビジネスモールの</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・パスワードを取得すれば、案件に提案応募頂けます。（無料</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="16" name="直線コネクタ 15"/>
+          <p:cNvPr id="16" name="直線コネクタ 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78AA1582-3F22-889A-4696-59E69179478B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6252706"/>
+            <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="テキスト ボックス 17"/>
+          <p:cNvPr id="18" name="テキスト ボックス 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B30D2495-08F2-83B9-2531-372AE6C96E54}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7480391" y="1215408"/>
-            <a:ext cx="4711609" cy="276999"/>
+            <a:off x="7063727" y="1267904"/>
+            <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>10</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>14</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="15" name="表 14"/>
+          <p:cNvPr id="15" name="表 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{221ACE04-29E9-4051-7ACF-407424E9C919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2838559991"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2077796897"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="121816" y="1760310"/>
-          <a:ext cx="11948367" cy="4363658"/>
+          <a:off x="1071152" y="1704795"/>
+          <a:ext cx="9893013" cy="4346098"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="6498350">
+                <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1559604">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1429637">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="909769">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1551007">
-[...5 lines deleted...]
-                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="192736">
+              <a:tr h="158294">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>募集期限</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>買い手</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
-[...23 lines deleted...]
-                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>茶葉のティーバッグ加工（充填・包装）を行っていただける業者様を募集しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>24</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドラッグストアでの販売商品提案募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>24</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>三菱ふそうの車両から取り外した使用済みの</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>『</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ダイレクトパワーシリンダー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>』</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を仕入れたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>24</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)★</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>家電商品・玩具商品　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>24</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>企業の人物写真と社内写真の撮影の依頼</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>25</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>エアガン・ミリタリー関連商品の仕入れ先を探しています（東京マルイなど）</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>26</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>厨房用ステンレスシンク・作業台を製造している業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>26</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="199361">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>スリランカに出せる化粧品をご提案ください。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>26</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>3</a:t>
-                      </a:r>
-[...72 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="336064">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="288342">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>粉体樹脂をプレス加工して頂ける業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>27</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アルミニウム缶スクラップ５０</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>~100</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>トン仕入れたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>リサイクルプラスチック </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>LDPE /HDPE </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の粉砕</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ペレットを買いたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>箱詰め作業を対応いただける業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>代～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>代向けレディースアパレルの在庫商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>長野県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>地域指定</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="193928">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>店舗内にてサングラス・アクセサリー（ネックレスメイン）販売用の什器を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>佐賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>IDEC </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>正角平形昭光式スイッチ（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ULQS1B1620DDNA</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>水産加工外注先募集（えび・うなぎ）｜国内加工・検品・再梱包</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>輸入</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>折りたたみ傘を検品から品質表示紙付け、下げ札付け、発送代行まで行っていただける業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>神奈川県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...30 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="192736">
-[...78 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドロップシップができる商品（ケース単位・カテゴリー不問）を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アライヘルメットを仕入れたいです。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>千葉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="211282">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>EC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>モールで販売可能な美容商材をお持ちのメーカー様、卸様、募集します</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...30 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3869061869"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="615231130"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16FB0A55-C94D-4245-1AB6-421CA69121ED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPr id="5" name="図 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7A2A2B4-F9E6-8954-08BB-91381671B001}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="0"/>
-            <a:ext cx="5714046" cy="1633957"/>
+            <a:off x="993508" y="188493"/>
+            <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPr id="6" name="図 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D73F363-6F3D-3AAD-0016-1515BC6D2C9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5921558" y="0"/>
-            <a:ext cx="1558833" cy="1558833"/>
+            <a:off x="5993744" y="432311"/>
+            <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="テキスト ボックス 6"/>
+          <p:cNvPr id="7" name="テキスト ボックス 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CEA7A5-AFAF-FC4E-8E69-AE38A2AA6F0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="433167"/>
-            <a:ext cx="3866605" cy="692497"/>
+            <a:off x="7137354" y="598017"/>
+            <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>商談の相手先は全国いずれかの商工会議所等会員企業</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日本全国で地域を超えてマッチング事例多数</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>オールジャンル対応</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>募集・提案・成約にいたるまですべて</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>円</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="テキスト ボックス 8"/>
+          <p:cNvPr id="9" name="テキスト ボックス 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107BF9D3-0B89-65B9-FC6D-D6608026DAED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620273" y="85725"/>
-            <a:ext cx="4048125" cy="369332"/>
+            <a:off x="7137354" y="316234"/>
+            <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-                <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0">
-              <a:latin typeface="Bahnschrift" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="11" name="直線コネクタ 10"/>
+          <p:cNvPr id="11" name="直線コネクタ 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D1E8B80-C2A2-387B-674C-0221BF9A29CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1633957"/>
+            <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="12" name="直線コネクタ 11"/>
+          <p:cNvPr id="12" name="直線コネクタ 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE557003-50E8-6F43-F872-B74440F1E0B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1691107"/>
+            <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="テキスト ボックス 12"/>
+          <p:cNvPr id="13" name="テキスト ボックス 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC205C69-AC43-D307-8D55-D781B20E5D7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="207512" y="6451407"/>
-            <a:ext cx="7548394" cy="246221"/>
+            <a:off x="1619377" y="6173143"/>
+            <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>ザ・ビジネスモールユーザ間</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>ザ・ビジネスモールユーザ間を結ぶ商取引支援サービス。提案から成約にいたるまで、全て無料！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>商取引支援サービス</a:t>
-[...65 lines deleted...]
-              <a:t>探しで新規開拓</a:t>
+              <a:t>インターネット上の取引先探しで新規開拓</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・ビジネスモールのユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>が</a:t>
-[...38 lines deleted...]
-              <a:t>。ユーザー</a:t>
+              <a:t>があれば提案可能。ユーザー</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="テキスト ボックス 13"/>
+          <p:cNvPr id="14" name="テキスト ボックス 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7224A39E-7CA5-B693-87C4-1A469A3304D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7853690" y="6252706"/>
-            <a:ext cx="4338310" cy="605294"/>
+            <a:off x="6925172" y="6130782"/>
+            <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>［商談モールの買いたい案件情報について］</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件は、ザ・商談モールをご利用中のお客様からの情報です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・ザ・ビジネスモールの</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ID</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・パスワードを取得すれば、案件に提案応募頂けます。（無料</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="ja-JP" sz="800" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="16" name="直線コネクタ 15"/>
+          <p:cNvPr id="16" name="直線コネクタ 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3610F5-4A01-9ED5-09E3-CFD093B7F133}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6252706"/>
+            <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="テキスト ボックス 17"/>
+          <p:cNvPr id="18" name="テキスト ボックス 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43366790-1E95-AAE7-BC48-559237D25D34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7480391" y="1215408"/>
-            <a:ext cx="4711609" cy="276999"/>
+            <a:off x="7063727" y="1267904"/>
+            <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>10</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>14</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="15" name="表 14"/>
+          <p:cNvPr id="15" name="表 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF6C2E1-6E12-EA78-A5C8-FDC150300598}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250528005"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4258411633"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="121816" y="1760311"/>
-          <a:ext cx="11948367" cy="4434073"/>
+          <a:off x="1071152" y="1704796"/>
+          <a:ext cx="9893013" cy="4339529"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="6498350">
+                <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1559604">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1429637">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="909769">
+                <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1551007">
-[...5 lines deleted...]
-                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="182026">
+              <a:tr h="158775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>募集期限</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>買い手</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...5 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
-[...23 lines deleted...]
-                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="182026">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品関連の期限切迫品、在庫処分品、特価品などの商品のご提案を募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="183151">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>海外（中国・東南アジア）向けの食品関連・お菓子などを探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...7 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...30 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大口調達</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】AI</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>データセンター向けサーバー部材（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>DDR5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>メモリ／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>Xeon CPU</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>NVIDIA DPU</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）供給企業募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="183151">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="322903">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛媛県今治市、朝倉上甲付近の村落共同墓地にて、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>墓じまい：二箇所</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の施工をして協力して頂ける、業者様をさがしています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>滋賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="483969">
-[...309 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ネットショップで販売できる商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>地域指定</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>福井県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="182026">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>中古ノートパソコン</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>デスクトップパソコンを探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="182026">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>金属スクラップの仕入先様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="183151">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>木製の小さなスツールの製作工場探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="317389">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="230289">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>クッションの中身を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="216362">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>トレカ（ポケモンカード、ワンピースカード）を仕入れたいです。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>3</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...56 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>韓国へ販売できる化粧品、食品の供給メーカーを探してます。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...28 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>8</a:t>
-                      </a:r>
-[...19 lines deleted...]
-                        <a:t>全国</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="322903">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県所沢市、市内の霊苑墓地にて、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>墓じまい工事施工</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>墓地返還</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の施工をして頂ける、業者様をさがしています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>滋賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="183151">
-[...45 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              <a:tr h="216362">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>B</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>品の自動車加工部品を購入したいです。メーカーは問いません。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...11 lines deleted...]
-                          <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...51 lines deleted...]
-                        <a:t>全国</a:t>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="183151">
-[...166 lines deleted...]
-                      </a:r>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="182026">
-[...133 lines deleted...]
-                      </a:r>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...133 lines deleted...]
-                      </a:r>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...5 lines deleted...]
-                      <a:pPr algn="l" fontAlgn="ctr"/>
+              <a:tr h="257108">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...18 lines deleted...]
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="182026">
-[...5 lines deleted...]
-                      <a:pPr algn="l" fontAlgn="ctr"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...18 lines deleted...]
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...5 lines deleted...]
-                      <a:pPr algn="l" fontAlgn="ctr"/>
+              <a:tr h="257108">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...17 lines deleted...]
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...18 lines deleted...]
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="199541">
-[...5 lines deleted...]
-                      <a:pPr algn="l" fontAlgn="ctr"/>
+              <a:tr h="165911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
-[...35 lines deleted...]
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
-[...18 lines deleted...]
-                        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2529880983"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1945283172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -20012,90 +18874,88 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2424</Words>
+  <Words>2441</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>ワイド画面</PresentationFormat>
-  <Paragraphs>456</Paragraphs>
+  <Paragraphs>368</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="13" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>BIZ UDゴシック</vt:lpstr>
-      <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>メイリオ</vt:lpstr>
       <vt:lpstr>游ゴシック</vt:lpstr>
       <vt:lpstr>游ゴシック Light</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Bahnschrift</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office テーマ</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>大阪商工会議所</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint プレゼンテーション</dc:title>
   <dc:creator>大阪商工会議所</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>